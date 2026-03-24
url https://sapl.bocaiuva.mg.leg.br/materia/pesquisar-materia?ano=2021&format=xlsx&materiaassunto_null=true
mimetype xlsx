--- v0 (2025-12-06)
+++ v1 (2026-03-24)
@@ -51,384 +51,384 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_resolucao_01-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_resolucao_01-2021.pdf</t>
   </si>
   <si>
     <t>Regulamenta o uso de trajes nas reuniões da Câmara Municipal de Bocaiuva</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/237/projeto_de_resolucao_02-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/237/projeto_de_resolucao_02-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de reuniões virtuais de sessões plenárias ordinárias e extraordinárias na Câmara Municipal de Bocaiuva/ MG</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/210/projeto_de_lei_no_01-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/210/projeto_de_lei_no_01-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial ao orçamento fiscal de 2021 e contém outras providências</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/211/projeto_de_lei_no_02-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/211/projeto_de_lei_no_02-2021.pdf</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_no_03-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_no_03-2021.pdf</t>
   </si>
   <si>
     <t>Retifica protocolo de intenções firmado entre Municípios Brasileiros com a finalidade de adquirir vacinas para combater á pandemia do coronavírus: medicamentos, insumos e equipamentos na área da saúde</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_no_04-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_no_04-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Recuperação Fiscal - REFIS Bocaiuva, e dá outras providências</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/214/projeto_de_lei_no_05-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/214/projeto_de_lei_no_05-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho Municipal de Acompanhamento e Controle Social do Fundo Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - CACS-FINDEB, em conformidade com o artigo 212-A da Constituição Federal, regulamentado na forma de Lei Federal nº 14.113, de 25 de dezembro de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>ADALBERTO FERNANDES FERREIRA</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_no_06-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_no_06-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Distrito da pessoa com deficiência e prioridade na vacinação contra a COVID 19 no Município de Bocaiuva e dá outras providências.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>ANTONIO CLARETE VELOSO</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/216/projeto_de_lei_no_07-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/216/projeto_de_lei_no_07-2021.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Comunitária das Mulheres Trabalhadoras Rurais de Curral de Varas, no Município de Bocaiuva, Estado de Minas Gerais e dá outras providências</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/217/projeto_de_lei_no_08-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/217/projeto_de_lei_no_08-2021.pdf</t>
   </si>
   <si>
     <t>Fixa o piso salarial para os agentes comunitários de saúde e agentes de combate ás endemias, e estabelece outras providências</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/218/projeto_de_lei_no_10-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/218/projeto_de_lei_no_10-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público do Distrito de Terra Branca, município de Bocaiuva, Estado de Minas Gerais, e dá outras providências</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/219/projeto_de_lei_no_11-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/219/projeto_de_lei_no_11-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o direito de todos os profissionais da área da educação á prioridade de vacinação a COVID 19, na cidade de Bocaiuva e dá outras providências</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_lei_no_12-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_lei_no_12-2021.pdf</t>
   </si>
   <si>
     <t>Reconhece como essenciais os serviços prestados por profissionais de educação física, academias de ginásticas e similares durante a decretação de calamidade pública, estado de emergência e durante o período relacionado á COVID 19, e dá outras providências</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_no_13-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_no_13-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da revisão geral anual a que alude o art.37, inciso x da CF. 1988, data-base Janeiro/2021 ao servidores públicos municipais efetivas e estáveis, ativos, inativos, pensionistas da administração direta e indireta e dá outras providências</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_no_14-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_no_14-2021.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Desenvolvimento Econômico - FUMDEC, bem como o Conselho Municipal de Desenvolvimento Econômico - COMDEC, e adota outras providências</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/223/projeto_de_lei_no_15-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/223/projeto_de_lei_no_15-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes gerais para a elaboração execução da Lei Orçamentárias para exercício financeiro de 2022 e dá outras providências</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_no_16-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_no_16-2021.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação dos Cooperados da Coopemapi, no município de Bocaiuva, Estado de Minas Gerais de dá outras providências</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_no_17-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_no_17-2021.pdf</t>
   </si>
   <si>
     <t>Retifica e ratifica a Lei Municipal n° 4.109/2021, que autorizou a abertura de crédito especial ao orçamento fiscal de 2021</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/226/projeto_de_lei_no_19-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/226/projeto_de_lei_no_19-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de logradouro público do Distrito de Pedregulho do Vale, Município de Bocaiuva, Estado de Minas Gerais e dá outras providências</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/227/projeto_de_lei_no_21-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/227/projeto_de_lei_no_21-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a ceder o direito de uso, gratuito, de imóvel á união, por intermédio do Tribunal Regional Eleitoral de Minas Gerais e dá outras providências</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/228/projeto_de_lei_no_22-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/228/projeto_de_lei_no_22-2021.pdf</t>
   </si>
   <si>
     <t>Retifica e ratifica a Lei Municipal n° 3.939/2019, que altera a estrutura administrativa da Câmara Municipal e dá outras providências</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/229/projeto_de_lei_no_23-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/229/projeto_de_lei_no_23-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Bocaiuva/MG a contratar com o Banco de Desenvolvimento de Minas Gerais S/A - BDMG operações de créditos com outorga de garantia e dá outras providências</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/230/projeto_de_lei_no_24-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/230/projeto_de_lei_no_24-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização dos Conselhos Administrativos e Fiscal, do comitê de Investimentos e da Diretoria Executiva do Instituto de Previdências dos Servidores Públicos do Município de Bocaiuva; cria a Junta de Recursos; altera e acrescenta dispositivos á Lei n° 3.225/2007 ( alterada pela Leis 3.561/2012 e 3.569/2013) e dá outras providências</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_no_28-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_no_28-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder o direito de uso, a título gratuito de parte de Imóvel, á Cooperativa dos Apicultores e  Agricultores Familiares do Norte de Minas -COOPEMAPI, e dá outras providências</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/232/projeto_de_lei_no_32-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/232/projeto_de_lei_no_32-2021.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Comunitária de Horticultura Fruto da Terra - ACOFRUT, com sede nesta cidade de Bocaiuva Estado de Minas Gerais e dá outras providências</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/233/projeto_de_lei_no_33-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/233/projeto_de_lei_no_33-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo Municipal a celebrar parceria com a Associação Comunitária Regional de Terra Branca, e dá outras providências</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei_no_36-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei_no_36-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a renovar a parceria com a Associação Comunitária Amigos Beira Serra da Patrona e dá outras providências</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/235/projeto_de_lei_no_38-2021.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/235/projeto_de_lei_no_38-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público desta cidade de Bocaiuva, Estado de Minas Gerais e dá outras providências</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -735,68 +735,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_resolucao_01-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/237/projeto_de_resolucao_02-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/210/projeto_de_lei_no_01-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/211/projeto_de_lei_no_02-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_no_03-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_no_04-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/214/projeto_de_lei_no_05-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_no_06-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/216/projeto_de_lei_no_07-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/217/projeto_de_lei_no_08-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/218/projeto_de_lei_no_10-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/219/projeto_de_lei_no_11-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_lei_no_12-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_no_13-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_no_14-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/223/projeto_de_lei_no_15-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_no_16-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_no_17-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/226/projeto_de_lei_no_19-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/227/projeto_de_lei_no_21-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/228/projeto_de_lei_no_22-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/229/projeto_de_lei_no_23-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/230/projeto_de_lei_no_24-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_no_28-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/232/projeto_de_lei_no_32-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/233/projeto_de_lei_no_33-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei_no_36-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/235/projeto_de_lei_no_38-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_resolucao_01-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/237/projeto_de_resolucao_02-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/210/projeto_de_lei_no_01-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/211/projeto_de_lei_no_02-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_no_03-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_no_04-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/214/projeto_de_lei_no_05-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_no_06-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/216/projeto_de_lei_no_07-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/217/projeto_de_lei_no_08-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/218/projeto_de_lei_no_10-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/219/projeto_de_lei_no_11-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_lei_no_12-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_no_13-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_no_14-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/223/projeto_de_lei_no_15-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_no_16-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_no_17-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/226/projeto_de_lei_no_19-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/227/projeto_de_lei_no_21-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/228/projeto_de_lei_no_22-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/229/projeto_de_lei_no_23-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/230/projeto_de_lei_no_24-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_no_28-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/232/projeto_de_lei_no_32-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/233/projeto_de_lei_no_33-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei_no_36-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2021/235/projeto_de_lei_no_38-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="31.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>