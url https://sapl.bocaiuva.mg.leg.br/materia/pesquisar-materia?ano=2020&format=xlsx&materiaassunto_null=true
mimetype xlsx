--- v0 (2025-12-06)
+++ v1 (2026-03-23)
@@ -51,753 +51,753 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/152/projeto_de_lei_no_01-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/152/projeto_de_lei_no_01-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Abertura de Crédito Adicional Especial no Orçamento de 2020 bem como promove a inclusão das alterações nas ações/projeto/atividade na PPA/2018/2021 e dá outras providências</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/153/projeto_de_lei_no_02-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/153/projeto_de_lei_no_02-2020.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorária á Sra. Jacqueline Alves Souza, e dá outras providências.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/154/projeto_de_lei_no_03-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/154/projeto_de_lei_no_03-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição dos vencimentos e subsídios dos servidores públicos da administração direta e indireta do Município de Bocaiuva, e dá outras providências.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/155/projeto_de_lei_no_04-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/155/projeto_de_lei_no_04-2020.pdf</t>
   </si>
   <si>
     <t>Altera os Anexos I e II da Lei Municipal 3.843/2013, que dispõe sobre a organização administrativa da Câmara Municipal.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/156/projeto_de_lei_no_05-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/156/projeto_de_lei_no_05-2020.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito á Sra. Maria Trindade Lisboa Santos, e dá outras providências.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/157/projeto_de_lei_no_06-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/157/projeto_de_lei_no_06-2020.pdf</t>
   </si>
   <si>
     <t>"Fixa o piso salarial para os Agentes Comunitários de Saúde e Agente de Combate ás Endemias e estabelecer outras providências.''</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/158/projeto_de_lei_no_07-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/158/projeto_de_lei_no_07-2020.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal Bolsa Atleta e dá outras providências</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/159/projeto_de_lei_no_08-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/159/projeto_de_lei_no_08-2020.pdf</t>
   </si>
   <si>
     <t>Institui o ''Dia Nacional de Combate ao Câncer de Intestino, 27 de Maço, e a cor Azul Marinho para campanha de prevenção do Câncer  Colorretal: o ''Março Azul Marinho'', no Município de Bocaiuva/MG e das outras providências.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/160/projeto_de_lei_no_09-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/160/projeto_de_lei_no_09-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público no Povoado de Cordeiros, neste município de Bocaiuva Estado de Minas Gerais, e da outras providências</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/161/projeto_de_lei_no_10-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/161/projeto_de_lei_no_10-2020.pdf</t>
   </si>
   <si>
     <t>Institui o mês ''ABRIL AZUL'' no Município de Bocaiuva/MG, dedicado ás ações de conscientização sobre o autismo, e a criação do portador do de Autismo e das outras providências.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/162/projeto_de_lei_no_11-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/162/projeto_de_lei_no_11-2020.pdf</t>
   </si>
   <si>
     <t>Extingue, cria e reorganiza a estrutura dos cargos em comissão, bem como, regulamenta férias e 13º (décimo terceiro) salário, com revogação, nova redação a alteração de dispositivos da Lei Municipal nº 3.566 de 05 de março de 2013.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/163/projeto_de_lei_no_12-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/163/projeto_de_lei_no_12-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a proceder á permissão gratuita de uso bem público que especifica e dá outras providências</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/151/projeto_de_lei_n_13-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/151/projeto_de_lei_n_13-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público desta cidade de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/164/projeto_de_lei_no_14-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/164/projeto_de_lei_no_14-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição dos vencimentos dos serviços da Câmara Municipal de Bocaiuva referente aos anos de 2017, 2018, 2019 e 2020, tendo como base a variação do INPC, e dá outras providências.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/165/projeto_de_lei_no_15-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/165/projeto_de_lei_no_15-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parceria com a "Associação Comunitária Amigos Beira Serra da Patrona'', e dá outras providências.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/166/projeto_de_lei_no_16-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/166/projeto_de_lei_no_16-2020.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito ao Sr. Cássio Maciel Almeida, e dá outras providências.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/167/projeto_de_lei_no_17-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/167/projeto_de_lei_no_17-2020.pdf</t>
   </si>
   <si>
     <t>Institui as Penalidades a Serem Aplicadas nas Infrações ás Normas de Controle de Contaminação do Coronavírus -Covod-19- Determinadas no Âmbito do Município de Bocaiuva/MG pelo Decreto Municipal nº 7.448/2020 e suas alterações, e dá outras providências.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/168/projeto_de_lei_no_18-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/168/projeto_de_lei_no_18-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a Elaboração e Execução da Lei Orçamentária para o Exercício Financeiro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/169/projeto_de_lei_no_19-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/169/projeto_de_lei_no_19-2020.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito ao Sr. José Alexandre Queiroga Cristiano Santos e dá outras providências.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/170/projeto_de_lei_no_20-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/170/projeto_de_lei_no_20-2020.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito ao Sr. Iran Ferreira Leite Júnior e dá outras providências.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/171/projeto_de_lei_no_21-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/171/projeto_de_lei_no_21-2020.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito ao Sr. Nelson Fonseca Leite e dá outras providências.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/172/projeto_de_lei_no_22-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/172/projeto_de_lei_no_22-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração de denominação de Logradouro Público desta cidade de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/173/projeto_de_lei_no_23-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/173/projeto_de_lei_no_23-2020.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Sr. Dalvo Arantes e dá outras providências</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/174/projeto_de_lei_no_24-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/174/projeto_de_lei_no_24-2020.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito á Sr. Maria da Luz Gomes Arantes e dá outras providências.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/175/projeto_de_lei_no_25-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/175/projeto_de_lei_no_25-2020.pdf</t>
   </si>
   <si>
     <t>Regulamenta o funcionamento de funerárias no Município de Bocaiuva-MG.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/176/projeto_de_lei_no_26-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/176/projeto_de_lei_no_26-2020.pdf</t>
   </si>
   <si>
     <t>Proíbe a soltura de pipas, papagaios e similares bem como  uso de cerol, de linha chilena ou de linha de qualquer substância cortante usada para empinar pipas e similares no âmbito do perímetro urbano e distritos do município de Bocaiuva/MG e dá outras providências</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/177/projeto_de_lei_no_27-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/177/projeto_de_lei_no_27-2020.pdf</t>
   </si>
   <si>
     <t>Altera as alíquotas de contribuição fixadas na Lei Municipal nº 3.225/2007, que ''dispõe sobre o Regime Próprio de Previdência Social dos Servidores Públicos Efetivos do Município de Bocaiuva/MG, seguindo as adequações previstas pela Emenda  Constitucional nº 103/2019.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/178/projeto_de_lei_no_28-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/178/projeto_de_lei_no_28-2020.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito ao Sr. Antônio Gilberto Soares Santos e dá outras providências.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/179/projeto_de_lei_no_29-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/179/projeto_de_lei_no_29-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as medidas para enfrentamento da emergência de saúde pública decorrente do novo Coronavírus-SARS-COV-2 no Município de Bocaiuva/MG e dá outras providências</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/180/projeto_de_lei_no_30-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/180/projeto_de_lei_no_30-2020.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Sr. Lizandro Martins e dá outras providências.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/150/projeto_de_lei_n_31-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/150/projeto_de_lei_n_31-2020.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito á Sra. Anilda Balbina Siqueira de Almeida, e dá outras providências.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/181/projeto_de_lei_no_32-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/181/projeto_de_lei_no_32-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público de Distrito de Engenheiro Dolabela, município de Bocaiuva, Estados de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/182/projeto_de_lei_no_33-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/182/projeto_de_lei_no_33-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público do Distrito de Engenheiro Dolabela, município de e Bocaiuva, Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/183/projeto_de_lei_no_34-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/183/projeto_de_lei_no_34-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público do Distrito de Engenheiro Dolabela, município de Bocaiuva, Estados de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/184/projeto_de_lei_no_35-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/184/projeto_de_lei_no_35-2020.pdf</t>
   </si>
   <si>
     <t>Altera a Redação da Lei nº 3.183/2006, que dispõe sobre denominação de Logradouro Público da cidade de Bocaiuva, Estados de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/185/projeto_de_lei_no_36-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/185/projeto_de_lei_no_36-2020.pdf</t>
   </si>
   <si>
     <t>Altera a Redação da Lei nº 3.182/2006, que dispõe  sobre denominação de Logradouro Público da cidade de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/186/projeto_de_lei_no_37-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/186/projeto_de_lei_no_37-2020.pdf</t>
   </si>
   <si>
     <t>Institui auxílio excepcional e temporário aos agentes públicos municipais que atuam diretamente nas ações de enfrentamento e combate ao novo Coronavírus-COVID-19 e dá outras providências.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/187/projeto_de_lei_no_38-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/187/projeto_de_lei_no_38-2020.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Pe. Raimundo Carlos Pereira da Silva e dá outras providências.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/188/projeto_de_lei_no_39-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/188/projeto_de_lei_no_39-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização da politica municipal de assistência social e o sistema único de assistência social (SUAS) do Município Bocaiuva-MG e dá outras providências.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/189/projeto_de_lei_no_40-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/189/projeto_de_lei_no_40-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público desta cidade de Bocaiuva, Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/190/projeto_de_lei_no_41-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/190/projeto_de_lei_no_41-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Abertura de Crédito Adicional Especial no Orçamento do Exercício Financeiro de 2020; promove a Inclusão das Alterações nas Ações/ Projetos/ Atividades no Plano Plurianual de Ações Governamentais (PPA), Relativo ao Período de 2018/2021, e contém outras providências.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/191/projeto_de_lei_no_42-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/191/projeto_de_lei_no_42-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público, desta cidade de Bocaiuva, Estado de Minas Gerais e dá outras providências</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/192/projeto_de_lei_no_43-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/192/projeto_de_lei_no_43-2020.pdf</t>
   </si>
   <si>
     <t>Institui a Declaração Eletrônica Mensal do Imposto sobre Serviços de qualquer natureza para as instituições financeiras estabelecidas neste Município, integrantes do Sistema Financeiro Nacional, nos termos da Lei 4.595/64, a ser realizada por meio da software de Declaração Mensal de Serviços Bancários e da outras providências</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/193/projeto_de_lei_no_44-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/193/projeto_de_lei_no_44-2020.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Bocaiuva a temática do Empreendedorismo na Rede Municipal de Ensino, com foco na promoção da cultura empreendedora e dá outras providências.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/194/projeto_de_lei_no_48-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/194/projeto_de_lei_no_48-2020.pdf</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/195/projeto_de_lei_no_49-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/195/projeto_de_lei_no_49-2020.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorário ao Sr. João Batista Xavier Rocha e dá outras providências.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/196/projeto_de_lei_no_50-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/196/projeto_de_lei_no_50-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Politica Municipal de Incentivo ao Desenvolvimento Econômico, Industrial e Social do Município de Bocaiuva/ MG e Contém outras providências.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/197/projeto_de_lei_no_51-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/197/projeto_de_lei_no_51-2020.pdf</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/198/projeto_de_lei_no_52-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/198/projeto_de_lei_no_52-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público nesta cidade de Bocaiuva, Estado de Minas Gerais e dá outras providências</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/199/projeto_de_lei_no_53-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/199/projeto_de_lei_no_53-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público desta cidade de Bocaiuva, Estado de Minas Gerais e da outras providências</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/200/projeto_de_lei_no_55-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/200/projeto_de_lei_no_55-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público do Distrito de Engenheiro Dolabela, município de Bocaiuva, Estado de Minas Gerais e dá outras providências</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/201/projeto_de_lei_no_56-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/201/projeto_de_lei_no_56-2020.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Educação no Trânsito nas escolas da rede municipal de ensino fundamental e dá outras providências.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/202/projeto_de_lei_no_57-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/202/projeto_de_lei_no_57-2020.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorário á Sra. Sofia Colla de Carvalho e dá outras providências</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/203/projeto_de_lei_no_58-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/203/projeto_de_lei_no_58-2020.pdf</t>
   </si>
   <si>
     <t>Institui a Declaração Municipal de Direito de Liberdade Econômica, dispõe sobre Alvará de Localização e Funcionamento em estabelecimento com atividade de baixo risco no Município de Bocaiuva e da outras providências</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/204/projeto_de_lei_no_59-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/204/projeto_de_lei_no_59-2020.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito ao Sr. Geraldo Eurílio de Souza Barral e dá outras providências</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/205/projeto_de_lei_no_60-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/205/projeto_de_lei_no_60-2020.pdf</t>
   </si>
   <si>
     <t>Estabelece largura mínima a ser observada nas estradas rurais do Município de Bocaiuva- MG e da outras providências</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/206/projeto_de_lei_no_61-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/206/projeto_de_lei_no_61-2020.pdf</t>
   </si>
   <si>
     <t>Regulamenta o tempo de atendimento ao consumidor bancário no Município de Bocaiuva e dá outras providências</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/207/projeto_de_lei_no_62-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/207/projeto_de_lei_no_62-2020.pdf</t>
   </si>
   <si>
     <t>Reconhecer como utilidade pública Associação dos Trabalhadores Rurais e Agricultores familiares do Assentamento Professor Mazan, ASTRAM, deste município, que vem prestando relevantes serviços para a comunidade e necessita desse reconhecimento para melhor desempenhar as suas atividades e cumprir com sua finalidades.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/208/projeto_de_lei_no_63-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/208/projeto_de_lei_no_63-2020.pdf</t>
   </si>
   <si>
     <t>Disciplina a instalação de faixa elevada para travessia de pedestres em frente ás escolas públicas e privadas, bem como dos órgãos públicos, situados neste município de Bocaiúva, e da outras providências.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/209/projeto_de_lei_no_64_-2020.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/209/projeto_de_lei_no_64_-2020.pdf</t>
   </si>
   <si>
     <t>Dá denominação legal á Escala Municipal Educacional Infantil, localizada no Distrito de Engenheiro Dolabela - Bocaiúva- MG, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1104,68 +1104,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/152/projeto_de_lei_no_01-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/153/projeto_de_lei_no_02-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/154/projeto_de_lei_no_03-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/155/projeto_de_lei_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/156/projeto_de_lei_no_05-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/157/projeto_de_lei_no_06-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/158/projeto_de_lei_no_07-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/159/projeto_de_lei_no_08-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/160/projeto_de_lei_no_09-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/161/projeto_de_lei_no_10-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/162/projeto_de_lei_no_11-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/163/projeto_de_lei_no_12-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/151/projeto_de_lei_n_13-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/164/projeto_de_lei_no_14-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/165/projeto_de_lei_no_15-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/166/projeto_de_lei_no_16-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/167/projeto_de_lei_no_17-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/168/projeto_de_lei_no_18-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/169/projeto_de_lei_no_19-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/170/projeto_de_lei_no_20-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/171/projeto_de_lei_no_21-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/172/projeto_de_lei_no_22-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/173/projeto_de_lei_no_23-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/174/projeto_de_lei_no_24-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/175/projeto_de_lei_no_25-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/176/projeto_de_lei_no_26-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/177/projeto_de_lei_no_27-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/178/projeto_de_lei_no_28-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/179/projeto_de_lei_no_29-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/180/projeto_de_lei_no_30-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/150/projeto_de_lei_n_31-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/181/projeto_de_lei_no_32-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/182/projeto_de_lei_no_33-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/183/projeto_de_lei_no_34-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/184/projeto_de_lei_no_35-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/185/projeto_de_lei_no_36-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/186/projeto_de_lei_no_37-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/187/projeto_de_lei_no_38-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/188/projeto_de_lei_no_39-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/189/projeto_de_lei_no_40-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/190/projeto_de_lei_no_41-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/191/projeto_de_lei_no_42-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/192/projeto_de_lei_no_43-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/193/projeto_de_lei_no_44-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/194/projeto_de_lei_no_48-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/195/projeto_de_lei_no_49-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/196/projeto_de_lei_no_50-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/197/projeto_de_lei_no_51-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/198/projeto_de_lei_no_52-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/199/projeto_de_lei_no_53-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/200/projeto_de_lei_no_55-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/201/projeto_de_lei_no_56-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/202/projeto_de_lei_no_57-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/203/projeto_de_lei_no_58-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/204/projeto_de_lei_no_59-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/205/projeto_de_lei_no_60-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/206/projeto_de_lei_no_61-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/207/projeto_de_lei_no_62-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/208/projeto_de_lei_no_63-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/209/projeto_de_lei_no_64_-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/152/projeto_de_lei_no_01-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/153/projeto_de_lei_no_02-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/154/projeto_de_lei_no_03-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/155/projeto_de_lei_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/156/projeto_de_lei_no_05-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/157/projeto_de_lei_no_06-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/158/projeto_de_lei_no_07-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/159/projeto_de_lei_no_08-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/160/projeto_de_lei_no_09-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/161/projeto_de_lei_no_10-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/162/projeto_de_lei_no_11-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/163/projeto_de_lei_no_12-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/151/projeto_de_lei_n_13-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/164/projeto_de_lei_no_14-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/165/projeto_de_lei_no_15-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/166/projeto_de_lei_no_16-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/167/projeto_de_lei_no_17-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/168/projeto_de_lei_no_18-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/169/projeto_de_lei_no_19-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/170/projeto_de_lei_no_20-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/171/projeto_de_lei_no_21-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/172/projeto_de_lei_no_22-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/173/projeto_de_lei_no_23-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/174/projeto_de_lei_no_24-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/175/projeto_de_lei_no_25-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/176/projeto_de_lei_no_26-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/177/projeto_de_lei_no_27-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/178/projeto_de_lei_no_28-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/179/projeto_de_lei_no_29-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/180/projeto_de_lei_no_30-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/150/projeto_de_lei_n_31-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/181/projeto_de_lei_no_32-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/182/projeto_de_lei_no_33-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/183/projeto_de_lei_no_34-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/184/projeto_de_lei_no_35-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/185/projeto_de_lei_no_36-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/186/projeto_de_lei_no_37-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/187/projeto_de_lei_no_38-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/188/projeto_de_lei_no_39-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/189/projeto_de_lei_no_40-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/190/projeto_de_lei_no_41-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/191/projeto_de_lei_no_42-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/192/projeto_de_lei_no_43-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/193/projeto_de_lei_no_44-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/194/projeto_de_lei_no_48-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/195/projeto_de_lei_no_49-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/196/projeto_de_lei_no_50-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/197/projeto_de_lei_no_51-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/198/projeto_de_lei_no_52-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/199/projeto_de_lei_no_53-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/200/projeto_de_lei_no_55-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/201/projeto_de_lei_no_56-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/202/projeto_de_lei_no_57-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/203/projeto_de_lei_no_58-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/204/projeto_de_lei_no_59-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/205/projeto_de_lei_no_60-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/206/projeto_de_lei_no_61-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/207/projeto_de_lei_no_62-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/208/projeto_de_lei_no_63-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2020/209/projeto_de_lei_no_64_-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>