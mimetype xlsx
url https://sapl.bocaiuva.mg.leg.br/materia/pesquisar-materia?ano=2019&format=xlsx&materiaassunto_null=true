--- v0 (2025-12-06)
+++ v1 (2026-03-24)
@@ -51,841 +51,841 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/83/projeto_de_lei_no_01-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/83/projeto_de_lei_no_01-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de uso de maquinário pertencente ao município de Bocaiuva -MG, ás associações comunitárias, e da outras providências.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/84/projeto_de_lei_no_02-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/84/projeto_de_lei_no_02-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo, a disponibilizar, em tempo real, no sítio oficial, a localização de cada de cada veículo da coleta de lixo.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/85/projeto_de_lei_no_03-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/85/projeto_de_lei_no_03-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei n° 3.029/2033, que declarou de utilidade pública a associação comunitária de Macaúba Palmito, neste município de Bocaiuva - MG.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/86/projeto_de_lei_no_04-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/86/projeto_de_lei_no_04-2019.pdf</t>
   </si>
   <si>
     <t>"Fixa o piso salarial para os Agentes Comunitário de Saúde e estabelece outras providências"._x000D_
 _x000D_
 Altera a Lei Municipal n° 3.429/2010, que "Cria o Quadro de Empregos Públicos para fins de Execução do Programa Saúde da Família - PSF no Âmbito do Município de Bocaiuva, e dá outras providências.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/87/projeto_de_lei_no_05-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/87/projeto_de_lei_no_05-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a criar um programa social e de emergência, denominado "Frente de Trabalho e Proteção Social", para os fins que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/88/projeto_de_lei_no_06-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/88/projeto_de_lei_no_06-2019.pdf</t>
   </si>
   <si>
     <t>Fixa o piso salarial para os Agentes de Combate as Endemiase estabelece outras providências.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/89/projeto_de_lei_no_07-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/89/projeto_de_lei_no_07-2019.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Recuperação Fiscal - REFIS Bocaiuva, e dá outras providências.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/90/projeto_de_lei_no_08-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/90/projeto_de_lei_no_08-2019.pdf</t>
   </si>
   <si>
     <t>Altera o § 3° do artigo 4°, da Lei Municipal 3.920, de 06 de março de 2018, e dá outras providências.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/</t>
   </si>
   <si>
     <t>não há projeto de lei n° 9</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/92/projeto_de_lei_no_10-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/92/projeto_de_lei_no_10-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Bocaiuva-MG a doar imóvel localizado no Polo Empresarial á Empresa SAGA MEDIÇÃO LTDA, e dá outras providências.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/93/projeto_de_lei_no_11-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/93/projeto_de_lei_no_11-2019.pdf</t>
   </si>
   <si>
     <t>Concede o título de honra ao Mérito á Sra. SILVANA OLIVEIRA VERSIANI, e dá outras providências.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/94/projeto_de_lei_no_12-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/94/projeto_de_lei_no_12-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do parágrafo segundo o art. 1º, e parágrafo quinto do art. 1º, da Lei nº 3.638, de 28 de fevereiro de 2014 e da outras providências.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/95/projeto_de_lei_no_13-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/95/projeto_de_lei_no_13-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação e Logradouro Público localizado no Para-Terra I, neste município de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/96/projeto_de_lei_no_14-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/96/projeto_de_lei_no_14-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre  o tempo de atendimento ao público nas agências bancárias, nas casas lotéricas e correspondentes bancários estabelecidos no Município de Bocaiuva, e dá outas providências.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/97/projeto_de_lei_no_15-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/97/projeto_de_lei_no_15-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regulamento de Feira Livre no mercado Municipal de Bocaiuva, e dá outras providência.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/98/projeto_de_lei_no_16-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/98/projeto_de_lei_no_16-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de  Logradouro Público desta cidade de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/99/projeto_de_lei_no_17-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/99/projeto_de_lei_no_17-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as politicas de Educação Especial, na perspectivas da Educação Inclusão para alunos com deficiências, transtornos dos aspecto autista  e altas habilidades e superdotação, da rede municipal de educação de Bocaiuva e dá outras providências.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conhecer licença para construção de uma loja de atacarejo no imóvel urbano denominado Loteamento Residencial Park Sul, neste município, e dá outras providências.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/101/projeto_de_lei_no_19-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/101/projeto_de_lei_no_19-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de vias publicas.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/102/projeto_de_lei_no_20-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/102/projeto_de_lei_no_20-2019.pdf</t>
   </si>
   <si>
     <t>Veda a realização de shows, festas e eventos que produzam poluição sonora após a 1:00 hora do dia seguinte, e dá outras providências.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/103/projeto_de_lei_no_21-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/103/projeto_de_lei_no_21-2019.pdf</t>
   </si>
   <si>
     <t>Cria, na estrutura da secretária da Câmara Municipal de Bocaiuva - Minas Gerais, o serviço de orientação e defesa do consumidor PROCOM CÂMARA,  e das outras providências.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/104/projeto_de_lei_no_22-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/104/projeto_de_lei_no_22-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕES SOBRE A PROIBIÇÃO DE QUEIMADAS NA FORMA QUE ESPECIFICA NO MUNICÍPIO DE BOCAIUVA-MG, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/105/projeto_de_lei_no_23-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/105/projeto_de_lei_no_23-2019.pdf</t>
   </si>
   <si>
     <t>Dispões sobre denominação de Logradouro Público desta cidade de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/106/projeto_de_lei_no_24-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/106/projeto_de_lei_no_24-2019.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a COMUNIDADE TERAPÊUTICA RENASCENDO PARA UMA VIDA NOVA, com sede nesta cidade de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/107/projeto_de_lei_no_25-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/107/projeto_de_lei_no_25-2019.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a ASSOCIAÇÃO ESPORTIVA, CULTURAL E SOCIAL DE BOCAIUVA,  com sede nesta cidade de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/108/projeto_de_lei_no_26-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/108/projeto_de_lei_no_26-2019.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a ASSOCIAÇÃO ESTUDANTIL CAMARGOS SILVA, com sede nesta cidade de Bocaiuva, Estados de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/109/projeto_de_lei_no_27-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/109/projeto_de_lei_no_27-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorária á Sra. ANDRESSA MURTA FARIA, e dá outras providências.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/110/projeto_de_lei_no_28-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/110/projeto_de_lei_no_28-2019.pdf</t>
   </si>
   <si>
     <t>Torna  obrigatória a inclusão do mel de abelha e seus derivados na merenda das Escolas Municipais.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/111/projeto_de_lei_no_29-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/111/projeto_de_lei_no_29-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa de Regularização Fundiária no âmbito do Município de Bocaiuva/MG</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>NÃO TEM LEI NUMERO 30 NO ANO DE 2019</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/113/projeto_de_lei_no_31-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/113/projeto_de_lei_no_31-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/114/projeto_de_lei_no_32-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/114/projeto_de_lei_no_32-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei_no_33-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei_no_33-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorária a Sra. Maria Sires Castro Almeida, e dá outras providências.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/116/projeto_de_lei_no_34-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/116/projeto_de_lei_no_34-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração de denominação de Logradouro Público, localizada nesta cidade de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_de_lei_no_35-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_de_lei_no_35-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito especial para criação de dotação orçamentária e criação do programa Bolsa Renda no plano plurianual 2018-2020, para os fins que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/118/projeto_de_lei_no_36-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/118/projeto_de_lei_no_36-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar programa de apoio e renda para famílias em situação de vulnerabilidade social do Município de Bocaiuva-MG, denominado ''Bolsa Renda" e dá outras providências.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/119/projeto_de_lei_no_37-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/119/projeto_de_lei_no_37-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de cidadão Honorário de Bocaiuva ao SR. FREDERICO MARTINS MAINART,  e dá outras providências</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/120/projeto_de_lei_no_38-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/120/projeto_de_lei_no_38-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito á Sra. Maria do Rosário Pereira Rodrigues, e dá outras providências.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/121/projeto_de_lei_no_39-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/121/projeto_de_lei_no_39-2019.pdf</t>
   </si>
   <si>
     <t>Altera denominação de vias públicas</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/122/projeto_de_lei_no_40-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/122/projeto_de_lei_no_40-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a criar programa municipal de apoio e incentivo á recuperação e conservação do solo e da água mediante a realização de serviços de construção de barraginhas e tanques para captação de água da chuva, e dá outras providências</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/123/projeto_de_lei_no_41-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/123/projeto_de_lei_no_41-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Abertura de Crédito Adicional Especial no Orçamento de 2019 bem como promove a inclusão das alterações nas ações/projeto/atividade no PPA 2018/2021, e dá outras providências</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_no_42-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_no_42-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público localizado no Para-Terra I, neste município de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/125/projeto_de_lei_no_43-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/125/projeto_de_lei_no_43-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorária á Sra. Maria Alves Nogueira, e dá outras providências</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/126/projeto_de_lei_no_44-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/126/projeto_de_lei_no_44-2019.pdf</t>
   </si>
   <si>
     <t>Institui o "Setembro Amarelo'' no município de Bocaiuva/ MG</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/127/projeto_de_lei_no_45-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/127/projeto_de_lei_no_45-2019.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Honorário á Sra. Lucélia Pereira Ferreira, e dá outras providências.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/128/projeto_de_lei_no_46-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/128/projeto_de_lei_no_46-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito ao Sr. Antônio Flávia Souto, e dá outras providências.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/129/projeto_de_lei_no_47-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/129/projeto_de_lei_no_47-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito á Sra Maria das Graças da Silva, e dá outras providências.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/130/projeto_de_lei_no_48-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/130/projeto_de_lei_no_48-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito á Sra. Dalza Izabel dos Santos Araújo, e dá outras providências.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/131/projeto_de_lei_no_49-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/131/projeto_de_lei_no_49-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Redação da Lei nº 3.239/2007, que dispõe sobre denominação de Logradouro Público da cidade de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/132/projeto_de_lei_no_50-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/132/projeto_de_lei_no_50-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Abertura de Crédito Adicional Especial no Orçamento e 2019 bem como promove a inclusão das alterações nas ações/projeto/atividade no PPA 2018/2021 e dá outras providências.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_de_lei_no_53-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_de_lei_no_53-2019.pdf</t>
   </si>
   <si>
     <t>Desafeta de uso comum do povo e/ ou especial áreas de terreno suas edificações e benfeitorias localizadas no Bairro Bonfim, nesta cidade, de propriedade do Município de, e autoriza sua doação ao Consórcio Intermunicipal Multifinalitário Portal do Norte - CISPORTAL, e dá outras providências.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_no_55-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_no_55-2019.pdf</t>
   </si>
   <si>
     <t>Institui o Serviço Social nas Escolas Municipais e Centro de Ensino  Infantil do Município de Bocaiuva/MG</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_lei_no_57-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_lei_no_57-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário._x000D_
 _x000D_
 Fica concedido o Título de Cidadão Honorário de Bocaiuva ao senhor João Eustáquio Luiz, pelos seus relevantes serviços prestados ao Município e ao povo bocaiuvense.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_de_lei_no_58-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_de_lei_no_58-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Sr. Paulo Gomes Pereira, e dá outras providências.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/137/projeto_de_lei_no_60-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/137/projeto_de_lei_no_60-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público desta cidade de Bocaiuva, Estado de Minas gerais, e dá outras providências</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/138/projeto_de_lei_no_61-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/138/projeto_de_lei_no_61-2019.pdf</t>
   </si>
   <si>
     <t>Institui o mês de "Outubro Rosa'' no Município de Bocaiuva/MG, destinado ao combate e prevenção do câncer de mama de colo uterino.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/139/projeto_de_lei_no_62-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/139/projeto_de_lei_no_62-2019.pdf</t>
   </si>
   <si>
     <t>Institui o mês ''Novembro Azul'', dedicado a ações de prevenção ao câncer de próstata e de promoção da saúde do homem, no Município de Bocaiúva/MG.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/140/projeto_de_lei_no_63-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/140/projeto_de_lei_no_63-2019.pdf</t>
   </si>
   <si>
     <t>''Institui a semana Municipal Prevenção e Combate á AIDS e o Dezembro Vermelho'', no Município de Bocaiúva/MG.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/141/projeto_de_lei_no_64-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/141/projeto_de_lei_no_64-2019.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos ao artigo 1º da Lei Municipal nº 3.047/2003, que alterou os Arts. 1º e 3º da Lei Municipal 2.935/2002 dá outras providências.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/142/projeto_de_lei_no_65-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/142/projeto_de_lei_no_65-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a ceder o direito de uso gratuito de uma área de terreno á Associação Comunitária de Borá, neste município, e dá outras providências.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/143/projeto_de_lei_no_66-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/143/projeto_de_lei_no_66-2019.pdf</t>
   </si>
   <si>
     <t>Declara Utilidade Pública</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/144/projeto_de_lei_no_67-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/144/projeto_de_lei_no_67-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Abertura de Crédito Adicional Especial no Orçamento de 2019 bem como promove a inclusão das alterações nas ações/projetos/atividade no PPA 2018/2021 e dá outras providências</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/145/projeto_de_lei_no_68-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/145/projeto_de_lei_no_68-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre atendimento ás pessoas com Fibromialgia em estabelecimento público e privados nas vagas de estacionamento e filas preferenciais no município de Bocaiuva/MG</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/146/projeto_de_lei_no_69-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/146/projeto_de_lei_no_69-2019.pdf</t>
   </si>
   <si>
     <t>Institui o "Fevereiro Roxo/Laranja dedicado a conscientização das doenças Lúpus, Fibromialgia, Mal de Alzheimer e combater a Leucemia'', no município de Bocaiuva.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/147/projeto_de_lei_no_70-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/147/projeto_de_lei_no_70-2019.pdf</t>
   </si>
   <si>
     <t>"Cria a Gratificação de Atividade aos servidores efetivos designados para atuarem em Comissão de Sindicância e de Processo Administrativo Disciplinar, em Comissão Especial de Apuração de Responsabilidade de Motoristas Condutores de Veículos Oficiais, em Comissão de Licitação e/ou de Pregão, em Comissão e Supervisão do Patrimônio Público, bem como em outras Comissões Especiais que venham a ser criadas no interesse do serviço, e dá outras providências.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/148/projeto_de_lei_no_74-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/148/projeto_de_lei_no_74-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio com o Rotary Club de Bocaiuva -Leste, para fins de contrapartida na aquisição de bens e serviços que serão revertidos para o patrimônio da Autarquia Hospital Municipal Dr. Gil Alves e dá outras providências</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/149/projeto_de_lei_no_75-2019.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/149/projeto_de_lei_no_75-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Bocaiuva/MG a doar imóvel localizado no antigo campo de pouso, em área destinada á empreendimento, para Cooperativa dos Apicultores e Agricultores Familiares do Norte de Minas - COOPEMAPI e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1192,68 +1192,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/83/projeto_de_lei_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/84/projeto_de_lei_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/85/projeto_de_lei_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/86/projeto_de_lei_no_04-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/87/projeto_de_lei_no_05-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/88/projeto_de_lei_no_06-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/89/projeto_de_lei_no_07-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/90/projeto_de_lei_no_08-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/92/projeto_de_lei_no_10-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/93/projeto_de_lei_no_11-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/94/projeto_de_lei_no_12-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/95/projeto_de_lei_no_13-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/96/projeto_de_lei_no_14-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/97/projeto_de_lei_no_15-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/98/projeto_de_lei_no_16-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/99/projeto_de_lei_no_17-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/101/projeto_de_lei_no_19-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/102/projeto_de_lei_no_20-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/103/projeto_de_lei_no_21-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/104/projeto_de_lei_no_22-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/105/projeto_de_lei_no_23-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/106/projeto_de_lei_no_24-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/107/projeto_de_lei_no_25-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/108/projeto_de_lei_no_26-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/109/projeto_de_lei_no_27-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/110/projeto_de_lei_no_28-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/111/projeto_de_lei_no_29-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/113/projeto_de_lei_no_31-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/114/projeto_de_lei_no_32-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei_no_33-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/116/projeto_de_lei_no_34-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_de_lei_no_35-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/118/projeto_de_lei_no_36-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/119/projeto_de_lei_no_37-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/120/projeto_de_lei_no_38-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/121/projeto_de_lei_no_39-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/122/projeto_de_lei_no_40-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/123/projeto_de_lei_no_41-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_no_42-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/125/projeto_de_lei_no_43-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/126/projeto_de_lei_no_44-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/127/projeto_de_lei_no_45-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/128/projeto_de_lei_no_46-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/129/projeto_de_lei_no_47-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/130/projeto_de_lei_no_48-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/131/projeto_de_lei_no_49-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/132/projeto_de_lei_no_50-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_de_lei_no_53-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_no_55-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_lei_no_57-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_de_lei_no_58-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/137/projeto_de_lei_no_60-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/138/projeto_de_lei_no_61-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/139/projeto_de_lei_no_62-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/140/projeto_de_lei_no_63-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/141/projeto_de_lei_no_64-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/142/projeto_de_lei_no_65-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/143/projeto_de_lei_no_66-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/144/projeto_de_lei_no_67-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/145/projeto_de_lei_no_68-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/146/projeto_de_lei_no_69-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/147/projeto_de_lei_no_70-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/148/projeto_de_lei_no_74-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/149/projeto_de_lei_no_75-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/83/projeto_de_lei_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/84/projeto_de_lei_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/85/projeto_de_lei_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/86/projeto_de_lei_no_04-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/87/projeto_de_lei_no_05-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/88/projeto_de_lei_no_06-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/89/projeto_de_lei_no_07-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/90/projeto_de_lei_no_08-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/92/projeto_de_lei_no_10-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/93/projeto_de_lei_no_11-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/94/projeto_de_lei_no_12-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/95/projeto_de_lei_no_13-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/96/projeto_de_lei_no_14-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/97/projeto_de_lei_no_15-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/98/projeto_de_lei_no_16-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/99/projeto_de_lei_no_17-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/101/projeto_de_lei_no_19-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/102/projeto_de_lei_no_20-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/103/projeto_de_lei_no_21-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/104/projeto_de_lei_no_22-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/105/projeto_de_lei_no_23-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/106/projeto_de_lei_no_24-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/107/projeto_de_lei_no_25-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/108/projeto_de_lei_no_26-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/109/projeto_de_lei_no_27-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/110/projeto_de_lei_no_28-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/111/projeto_de_lei_no_29-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/113/projeto_de_lei_no_31-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/114/projeto_de_lei_no_32-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei_no_33-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/116/projeto_de_lei_no_34-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_de_lei_no_35-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/118/projeto_de_lei_no_36-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/119/projeto_de_lei_no_37-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/120/projeto_de_lei_no_38-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/121/projeto_de_lei_no_39-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/122/projeto_de_lei_no_40-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/123/projeto_de_lei_no_41-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_no_42-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/125/projeto_de_lei_no_43-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/126/projeto_de_lei_no_44-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/127/projeto_de_lei_no_45-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/128/projeto_de_lei_no_46-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/129/projeto_de_lei_no_47-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/130/projeto_de_lei_no_48-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/131/projeto_de_lei_no_49-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/132/projeto_de_lei_no_50-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_de_lei_no_53-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_no_55-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_lei_no_57-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_de_lei_no_58-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/137/projeto_de_lei_no_60-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/138/projeto_de_lei_no_61-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/139/projeto_de_lei_no_62-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/140/projeto_de_lei_no_63-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/141/projeto_de_lei_no_64-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/142/projeto_de_lei_no_65-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/143/projeto_de_lei_no_66-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/144/projeto_de_lei_no_67-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/145/projeto_de_lei_no_68-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/146/projeto_de_lei_no_69-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/147/projeto_de_lei_no_70-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/148/projeto_de_lei_no_74-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2019/149/projeto_de_lei_no_75-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>