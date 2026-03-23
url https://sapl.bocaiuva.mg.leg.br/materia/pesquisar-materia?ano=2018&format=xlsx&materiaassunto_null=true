--- v0 (2026-01-31)
+++ v1 (2026-03-23)
@@ -48,708 +48,708 @@
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/1/projeto_de_lei_no_01-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/1/projeto_de_lei_no_01-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre dominação de Logradouro Público do Distrito de Pedregulho do Vale, neste município de Bocaiuva, Estado de Minas Gerais, e  da outras providências.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/2/projeto_de_lei_no_02-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/2/projeto_de_lei_no_02-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público no Distrito de Pedregulho do Vale, neste município de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/3/projeto_de_lei__no_03-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/3/projeto_de_lei__no_03-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Logradouro Público do Distrito de Engenheiro Dolabela, município de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/4/projeto_de_lei_no_04-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/4/projeto_de_lei_no_04-2018.pdf</t>
   </si>
   <si>
     <t>Revoga o artigo 5º da Lei Municipal 3.695/2014, que "Dá nova redação a Lei Municipal n° 2.992/2012, que Institui no município de Bocaiuva - MG, a contribuição para custeio da Iluminação Pública - CIP, prevista no artigo 149-A da Constituição Federal '', e da outras providências.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/5/projeto_de_lei_no_05-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/5/projeto_de_lei_no_05-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público do Distrito de Terra Branca, município de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/6/projeto_de_lei_no_06-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/6/projeto_de_lei_no_06-2018.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorária a Sra. Tânia Raquel de Queiroz Muniz, e dá outras providências.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/7/projeto_de_lei_no_07-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/7/projeto_de_lei_no_07-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público da cidade de  Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/8/projeto_de_lei_no_08-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/8/projeto_de_lei_no_08-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a firmar Termo de Filiação, Cooperação Técnica e contribuir mensalmente com  a Associação Mineira de Municípios -AMM entidade de representação  dos municípios do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/9/projeto_de_lei_no_09-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/9/projeto_de_lei_no_09-2018.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Recuperação Fiscal -REFIS  Bocaiuva, e dá outras providências.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Institui o Município de Bocaiuva o programa " Preserve o Verde - Adote uma Praça", e dá outras providências</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público desta cidade de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/12/projeto_de_lei_no_12-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/12/projeto_de_lei_no_12-2018.pdf</t>
   </si>
   <si>
     <t>Altera a Redação da Lei n° 1.766/1986, que declarou de Utilidade Pública o Centro Comunitário Senhor do Bom Fim, nesta cidade de Bocaiuva-MG</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Cria o" Programa Prata da Casa, que estabelece  a obrigatoriedade de disponibilização de oportunidade de apresentação de grupos, bandas, cantores ou instrumentista locais na abertura de eventos musicais  que contém financiamento público.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/14/projeto_de_lei_no_14-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/14/projeto_de_lei_no_14-2018.pdf</t>
   </si>
   <si>
     <t>Altera o §3º, do artigo 4º, da Lei Municipal 3.898, de 29 de Dezembro de 2017, e dá outras providências</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/15/projeto_de_lei_no_15-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/15/projeto_de_lei_no_15-2018.pdf</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/16/projeto_de_lei_no_16-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/16/projeto_de_lei_no_16-2018.pdf</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/17/projeto_de_lei_no_17-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/17/projeto_de_lei_no_17-2018.pdf</t>
   </si>
   <si>
     <t>Altera Ementa, altera e dá nova redação á Lei Municipal 3.466 de 26 de maio de 2011, de forma a utilizar o serviço de acolhimento do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/18/projeto_de_lei_no_18-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/18/projeto_de_lei_no_18-2018.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 3.865, de 11 de setembro de 2017, que "Dispõe sobre a criação do Conselho Municipal de Turismo - COMTUR", e da outras providência.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/19/projeto_de_lei_no_19-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/19/projeto_de_lei_no_19-2018.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo do Municipal autorizado a instituir a Fundação Hospitalar Dr. Gil Alves, e a contribuir com a manutenção, e dá outras providências.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/20/projeto_de_lei_no_20-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/20/projeto_de_lei_no_20-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público do Distrito de Engenheiro Dolabela, município de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/21/projeto_de_lei_no_21-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/21/projeto_de_lei_no_21-2018.pdf</t>
   </si>
   <si>
     <t>Altera a Redação da Lei nº 2.661/98, que declarou de utilidade publica a Associação de Mulheres Trabalhadoras Rurais de Bom Jesus residentes nas comunidades de Aparecida da Serra e Fazenda Curral da Varas, neste município de Bocaiuva-MG.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>não tem a lei 22</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/23/projeto_de_lei_no_23-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/23/projeto_de_lei_no_23-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público desta cidade de Bocaiuva, Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/24/projeto_de_lei_no_24-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/24/projeto_de_lei_no_24-2018.pdf</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/25/projeto_de_lei_no_25-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/25/projeto_de_lei_no_25-2018.pdf</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/26/projeto_de_lei_no_26-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/26/projeto_de_lei_no_26-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação das listagens dos pacientes que aguardam por consultas com especialistas, exame e cirurgias na rede pública do Município de Bocaiuva e dá outras providências.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/27/projeto_de_lei_no_27-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/27/projeto_de_lei_no_27-2018.pdf</t>
   </si>
   <si>
     <t>Fica o Podere Executivo Municipal autorizado a instituir a FUNDAÇÃO HOSPITALAR DR. GIL ALVES, e a contribuir com sua manutenção, e dá outras providências.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/28/projeto_de_lei_no_28-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/28/projeto_de_lei_no_28-2018.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário ao Sr. JOAQUIM RODRIGUES DO CARMO, e dá outras providências.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/29/projeto_de_lei_no_29-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/29/projeto_de_lei_no_29-2018.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito ao Sr. DOMINGOS LEDY BOAS, e dá outras providências.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/30/projeto_de_lei_no_30-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/30/projeto_de_lei_no_30-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Regularização da Feira Livre da Agricultura Familiar e Artesãos no município de Bocaiuva-MG e dá outras providências.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/31/projeto_de_lei_no_31-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/31/projeto_de_lei_no_31-2018.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário ao Sr. CARLOS WELTH PIMENTA DE FIGUEIREDO, e dá outras providências.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/32/projeto_de_lei_no_32-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/32/projeto_de_lei_no_32-2018.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário ao Sr. ROGÉRIO CORREIA DE MOURA BATISTA, e dá outras providências.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/33/projeto_de_lei_no_33-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/33/projeto_de_lei_no_33-2018.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário ao Sr. LEONÍDIO HENRIQUE CORRÊA BOUÇAS, e dá outras providências.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/34/projeto_de_lei_no_34-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/34/projeto_de_lei_no_34-2018.pdf</t>
   </si>
   <si>
     <t>Altera a Estrutura Administrativa vigente da Câmara Municipal, e  dá outras providências</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/35/projeto_de_lei_no_38-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/35/projeto_de_lei_no_38-2018.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário ao Sr. CARLOS ALBERTO PEREIRA DOS SANTOS, e dá outras providências.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/36/projeto_de_lei_no_36-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/36/projeto_de_lei_no_36-2018.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito a IGREJA BATISTA BOA VISTA DOS MATOS,  e dá outras providências.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/37/projeto_de_lei_no_37-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/37/projeto_de_lei_no_37-2018.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário ao Sr. ANTÔNIO COSTA VIERA, e dá outras providências.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público do Distrito de Engenheiro Dolabela, município de Bocaiuva, Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/39/projeto_de_lei_no_39-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/39/projeto_de_lei_no_39-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Contrato de Cessão de uso de Poço Artesiano á Associação dos Agricultores Familiares e Trabalhadores Rurais Nova Esperança, e dá outras providências.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/40/projeto_de_lei_no_40-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/40/projeto_de_lei_no_40-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a ceder ao Estado de Minas Gerais a manutenção de vias públicas</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/41/projeto_de_lei_no_41-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/41/projeto_de_lei_no_41-2018.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a ASSOCIAÇÃO DOS TRABALHADORES RURAIS DO ACAMPAMENTO PEDRO MARCELO DOS SANTOS/ COMUNIDADE GARROTE, com sede neste município de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/42/projeto_de_lei_no_42-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/42/projeto_de_lei_no_42-2018.pdf</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/43/projeto_de_lei_no_43-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/43/projeto_de_lei_no_43-2018.pdf</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/44/projeto_de_lei_no_44-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/44/projeto_de_lei_no_44-2018.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a IGREJA METODISTA WESLEYANA DA 2° REGIÃO - BOCAIUVA, com sede nesta cidade de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/45/projeto_de_lei_no_45-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/45/projeto_de_lei_no_45-2018.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo Municipal autorizado a instituir a FUNDAÇÃO HOSPITALAR DR. GIL ALVES, e  a contribuir com sua manutenção, e dá outras providências.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/46/projeto_de_lei_no_46-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/46/projeto_de_lei_no_46-2018.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a ASSOCIAÇÃO RURAL AMIGOS DA TERRA DA FAZENDA ÁGUA BOA, com sede neste município de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/47/projeto_de_lei_no_47-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/47/projeto_de_lei_no_47-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público do Distrito de Terra Branca, município de Bocaiuva, Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/48/projeto_de_lei_no_48-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/48/projeto_de_lei_no_48-2018.pdf</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/49/projeto_de_lei_no_49-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/49/projeto_de_lei_no_49-2018.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Sr. EDUARDO ALMEIDA BRASIL, e dá outras providências.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/50/projeto_de_lei_no_50-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/50/projeto_de_lei_no_50-2018.pdf</t>
   </si>
   <si>
     <t>Declara utilidade pública a ASSOCIAÇÃO DESPORTIVA JEQUITAÍ - ADJ, com sede no Distrito de Engenheiro Dolabela, neste município de Bocaiuva, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/51/projeto_de_lei_no_51-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/51/projeto_de_lei_no_51-2018.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito ao Sr. JOÃO MESSIAS DE CARVALHO, e dá outras providências.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/52/projeto_de_lei_no_52-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/52/projeto_de_lei_no_52-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ratificação da 2° Alteração do Contrato de Consórcio Público  CONSORCIO INTERMUNICIPAL DE SANEAMENTO BÁSICO REGIÃO CENTRAL- CISAB RC aprovada na Assembleia Geral Ordinária realizada no dia 28 de junho e 2018, dentre outras providências</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/53/projeto_de_lei_no_53-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/53/projeto_de_lei_no_53-2018.pdf</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/54/projeto_de_lei_no_54-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/54/projeto_de_lei_no_54-2018.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito a Sra. MARIA OLÍCIA DE SENA SOUZA, e dá outras providências</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário ao Sr. Gildo Patrocino Cardoso, e dá outras providências.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público no bairro são Geraldo, nesta cidade de  Bocaiuva, Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/57/projeto_de_lei_no_57-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/57/projeto_de_lei_no_57-2018.pdf</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/58/projeto_de_lei_no_58-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/58/projeto_de_lei_no_58-2018.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário ao Sr. Thiago Pires Serapião, e dá outras providências.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/59/projeto_de_lei_no_59-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/59/projeto_de_lei_no_59-2018.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito ao Sr. Paulo Roberto Vieira Junior, e dá outras providências.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito a Sra. Maria do Rosário Freire Drumond, e dá outras providências</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/61/projeto_de_lei_no_61-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/61/projeto_de_lei_no_61-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo Municipal a regulamentar o Transporte Escola Público no município de Bocaiuva-MG, e dá outras providências</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/62/projeto_de_lei_no_62-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/62/projeto_de_lei_no_62-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder a permissão gratuita de uso de Bem Público que especifica e dá outras providências</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/63/projeto_de_lei_no_63-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/63/projeto_de_lei_no_63-2018.pdf</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/64/projeto_de_lei_no_64-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/64/projeto_de_lei_no_64-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público Povoado de Morrinhos, município de  Bocaiuva, Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Altera e dá nova redação a Lei Municipal 3.598, de 28 de agosto de 2013 , e dá outras providências</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/66/projeto_de_lei_no_66-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/66/projeto_de_lei_no_66-2018.pdf</t>
   </si>
   <si>
     <t>Declara a utilidade publica o CONSELHO DE DESENVOLVIMENTO DA APICULTURA DO NORTE DE MINEIRA - CODEANM, com sede neste município de Bocaiuva , Estado de Minas Gerais, e dá outras providências</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/67/projeto_de_lei_no_67-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/67/projeto_de_lei_no_67-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o remanejamento entre as dotações do orçamento vigente relacionados á indicação de Emendas Individuais/ Impositivas relacionadas pelo Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>não há lei</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/70/projeto_de_lei_no_70-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/70/projeto_de_lei_no_70-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar imóvel de sua propriedade ao Fundo de Arredamento Residencial-FAR, apresentado pela Caixa Econômica Federal, e dá outras providências</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/71/projeto_de_lei_no_71-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/71/projeto_de_lei_no_71-2018.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei n° 2.459/1995, que declarou de Utilidade Pública a Associação Comunitária dos Moradores de Mocambo, neste município de Bocaiuva, e dá outras providências.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>NÃO HÁ LEI</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/73/projeto_de_lei_no_73-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/73/projeto_de_lei_no_73-2018.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito a Sra. Maria do Socorro Rogerio, e dá outras providências</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/75/projeto_de_lei_no_75-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/75/projeto_de_lei_no_75-2018.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário ao Pr. Carlo Roberto de Almeida, e dá outras providências</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/76/projeto_de_lei_no_76-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/76/projeto_de_lei_no_76-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Abertura de Credito Adicional Especial no Orçamento de 2018 para atendimento a Emenda Individual/Impositiva do Corpo legislativo bem como promover a inclusão de alterações nas ações /projetos/atividades no PPA 2018/2021 e dá outras providências</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/77/projeto_de_lei_no_77-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/77/projeto_de_lei_no_77-2018.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Honoraria a Sra. Marlene Freitas da Silva, e da outras providências</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/78/projeto_de_lei_no_78-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/78/projeto_de_lei_no_78-2018.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário ao Sr. David Márcio Barbosa, e dá outras providências</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/79/projeto_de_lei_no_79-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/79/projeto_de_lei_no_79-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouro Público do Distrito de Machados Serrano, neste município de Bocaiuva, Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/80/projeto_de_lei_no_80-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/80/projeto_de_lei_no_80-2018.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Publica a Associação Atlética Banco do Brasil, com sede neste cidade de Bocaiuva, Estado de Minas Gerais, e dá outras providencias</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/81/projeto_de_lei_no_81-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/81/projeto_de_lei_no_81-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão/ recomposição referente aos anos de 2017, 2018 e 2019, tendo como base o INPC dos vencimentos do Servidores Públicos Municipais da Administração Direta e Indireta do Município,e dá outras providencias</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/82/projeto_de_lei_no_82-2018.pdf</t>
+    <t>http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/82/projeto_de_lei_no_82-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder o direito de uso, gratuito, das dependências da Escola Municipal Altino Evaristo dos Santos, á Associação Comunitária dos Quilombolas de Mocambo, e dá outras providencias</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1056,68 +1056,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/1/projeto_de_lei_no_01-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/2/projeto_de_lei_no_02-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/3/projeto_de_lei__no_03-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/4/projeto_de_lei_no_04-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/5/projeto_de_lei_no_05-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/6/projeto_de_lei_no_06-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/7/projeto_de_lei_no_07-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/8/projeto_de_lei_no_08-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/9/projeto_de_lei_no_09-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/12/projeto_de_lei_no_12-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/14/projeto_de_lei_no_14-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/15/projeto_de_lei_no_15-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/16/projeto_de_lei_no_16-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/17/projeto_de_lei_no_17-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/18/projeto_de_lei_no_18-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/19/projeto_de_lei_no_19-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/20/projeto_de_lei_no_20-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/21/projeto_de_lei_no_21-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/23/projeto_de_lei_no_23-2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/24/projeto_de_lei_no_24-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/25/projeto_de_lei_no_25-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/26/projeto_de_lei_no_26-2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/27/projeto_de_lei_no_27-2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/28/projeto_de_lei_no_28-2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/29/projeto_de_lei_no_29-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/30/projeto_de_lei_no_30-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/31/projeto_de_lei_no_31-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/32/projeto_de_lei_no_32-2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/33/projeto_de_lei_no_33-2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/34/projeto_de_lei_no_34-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/35/projeto_de_lei_no_38-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/36/projeto_de_lei_no_36-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/37/projeto_de_lei_no_37-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/39/projeto_de_lei_no_39-2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/40/projeto_de_lei_no_40-2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/41/projeto_de_lei_no_41-2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/42/projeto_de_lei_no_42-2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/43/projeto_de_lei_no_43-2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/44/projeto_de_lei_no_44-2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/45/projeto_de_lei_no_45-2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/46/projeto_de_lei_no_46-2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/47/projeto_de_lei_no_47-2018.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/48/projeto_de_lei_no_48-2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/49/projeto_de_lei_no_49-2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/50/projeto_de_lei_no_50-2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/51/projeto_de_lei_no_51-2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/52/projeto_de_lei_no_52-2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/53/projeto_de_lei_no_53-2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/54/projeto_de_lei_no_54-2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/57/projeto_de_lei_no_57-2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/58/projeto_de_lei_no_58-2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/59/projeto_de_lei_no_59-2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/61/projeto_de_lei_no_61-2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/62/projeto_de_lei_no_62-2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/63/projeto_de_lei_no_63-2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/64/projeto_de_lei_no_64-2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/66/projeto_de_lei_no_66-2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/67/projeto_de_lei_no_67-2018.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/70/projeto_de_lei_no_70-2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/71/projeto_de_lei_no_71-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/73/projeto_de_lei_no_73-2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/75/projeto_de_lei_no_75-2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/76/projeto_de_lei_no_76-2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/77/projeto_de_lei_no_77-2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/78/projeto_de_lei_no_78-2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/79/projeto_de_lei_no_79-2018.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/80/projeto_de_lei_no_80-2018.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/81/projeto_de_lei_no_81-2018.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/82/projeto_de_lei_no_82-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/1/projeto_de_lei_no_01-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/2/projeto_de_lei_no_02-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/3/projeto_de_lei__no_03-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/4/projeto_de_lei_no_04-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/5/projeto_de_lei_no_05-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/6/projeto_de_lei_no_06-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/7/projeto_de_lei_no_07-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/8/projeto_de_lei_no_08-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/9/projeto_de_lei_no_09-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/12/projeto_de_lei_no_12-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/14/projeto_de_lei_no_14-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/15/projeto_de_lei_no_15-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/16/projeto_de_lei_no_16-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/17/projeto_de_lei_no_17-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/18/projeto_de_lei_no_18-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/19/projeto_de_lei_no_19-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/20/projeto_de_lei_no_20-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/21/projeto_de_lei_no_21-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/23/projeto_de_lei_no_23-2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/24/projeto_de_lei_no_24-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/25/projeto_de_lei_no_25-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/26/projeto_de_lei_no_26-2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/27/projeto_de_lei_no_27-2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/28/projeto_de_lei_no_28-2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/29/projeto_de_lei_no_29-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/30/projeto_de_lei_no_30-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/31/projeto_de_lei_no_31-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/32/projeto_de_lei_no_32-2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/33/projeto_de_lei_no_33-2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/34/projeto_de_lei_no_34-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/35/projeto_de_lei_no_38-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/36/projeto_de_lei_no_36-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/37/projeto_de_lei_no_37-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/39/projeto_de_lei_no_39-2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/40/projeto_de_lei_no_40-2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/41/projeto_de_lei_no_41-2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/42/projeto_de_lei_no_42-2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/43/projeto_de_lei_no_43-2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/44/projeto_de_lei_no_44-2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/45/projeto_de_lei_no_45-2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/46/projeto_de_lei_no_46-2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/47/projeto_de_lei_no_47-2018.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/48/projeto_de_lei_no_48-2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/49/projeto_de_lei_no_49-2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/50/projeto_de_lei_no_50-2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/51/projeto_de_lei_no_51-2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/52/projeto_de_lei_no_52-2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/53/projeto_de_lei_no_53-2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/54/projeto_de_lei_no_54-2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/57/projeto_de_lei_no_57-2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/58/projeto_de_lei_no_58-2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/59/projeto_de_lei_no_59-2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/61/projeto_de_lei_no_61-2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/62/projeto_de_lei_no_62-2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/63/projeto_de_lei_no_63-2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/64/projeto_de_lei_no_64-2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/66/projeto_de_lei_no_66-2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/67/projeto_de_lei_no_67-2018.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/70/projeto_de_lei_no_70-2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/71/projeto_de_lei_no_71-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/73/projeto_de_lei_no_73-2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/75/projeto_de_lei_no_75-2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/76/projeto_de_lei_no_76-2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/77/projeto_de_lei_no_77-2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/78/projeto_de_lei_no_78-2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/79/projeto_de_lei_no_79-2018.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/80/projeto_de_lei_no_80-2018.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/81/projeto_de_lei_no_81-2018.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bocaiuva.mg.leg.br/media/sapl/public/materialegislativa/2018/82/projeto_de_lei_no_82-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="245" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>